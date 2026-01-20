--- v0 (2025-12-03)
+++ v1 (2026-01-20)
@@ -172,51 +172,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Перечень терминов и определений основных понятий по безопасности вчрезвычайных ситуациях; Методика расчета штатной численностиинспекторов государственного пожарного надзора МЧС ДНР; Критерииобразования государственных пожарно-спасательных подразделений вадминистративно-территориальных единицах. Методические рекомендациипо выбору методов оценки рисков чрезвычайных ситуаций на опасныхпроизводственных объектах. Методические рекомендации по оценкерисков чрезвычайных ситуаций на угледобывающих иуглеперерабатывающих предприятиях Донецкой Народной Республики.Методические рекомендации по оценке риска чрезвычайных ситуаций наликвидируемых шахтах Донецкой Народной Республики. Рекомендации поведению аварийно-спасательных работ в необслуживаемых горныхвыработках, имеющих выходы на земную поверхность, подразделениямигорноспасательной службы. Методические рекомендации по разработкемероприятий с учетом оценки риска чрезвычайных ситуаций на угольныхшахтах ДНР.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>